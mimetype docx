--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -1,176 +1,176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="7665"/>
         </w:tabs>
         <w:ind w:right="-688"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="7665"/>
         </w:tabs>
         <w:ind w:right="-688"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
-      <w:r w:rsidRPr="00526541">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="00F44597" w:rsidP="005C3012">
+      <w:r w:rsidRPr="00F44597">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:42pt;margin-top:-39pt;width:357pt;height:48pt;z-index:251658240;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmwqsb+wEAANoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+w0a7AacYqs3Xbp&#10;1gLN0DOjj9ibJWqSEjv/fpTipMV2K+qDIFHU43vk8+J6MB3bKx9atDWfTkrOlBUoW7ut+c/11w+f&#10;OAsRrIQOrar5QQV+vXz/btG7Sl1gg51UnhGIDVXvat7E6KqiCKJRBsIEnbJ0qdEbiHT020J66And&#10;dMVFWc6LHr10HoUKgaK3x0u+zPhaKxHvtQ4qsq7mxC3m1ed1k9ZiuYBq68E1rRhpwCtYGGgtFT1D&#10;3UIEtvPtf1CmFR4D6jgRaArUuhUqayA10/IfNY8NOJW1UHOCO7cpvB2s+LF/8KyVNZ9xZsHQiNZq&#10;iOwzDmyWutO7UFHSo6O0OFCYppyVBneH4ndgFm8asFu18h77RoEkdlPCGsNZw/rgCDhHE/oX2dIg&#10;pgm+eIF/LBZSpU3/HSU9gV3EXG3Q3qT+UscYUaBRHs7jS3wFBT9ezmZXJV0JupuXV3PapxJQnV47&#10;H+I3hYalTc092SOjw/4uxGPqKWWkltgcecVhM4z92KA8EMmebFPz8GcHXpHgnblBchmp1B7NE/ly&#10;5bPMxDvBrocn8G6sHYn1Q3eyTSaQ/SPHKYD8RUCmIzfuoWOXJX2jmjGZdD2jprcWV9Qu3WYlqa9H&#10;nqMSMlDuxWj25NCX55z1/Esu/wIAAP//AwBQSwMEFAAGAAgAAAAhAOVp/iXcAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNw2BzRYV5pOCMQVxIBJu2WN11Y0TtVka/n3eCc4&#10;+Vl+ev5esZ58p040xDawgZu5BkVcBddybeDz42WWgYrJsrNdYDLwQxHW5eVFYXMXRn6n0ybVSkI4&#10;5tZAk1KfI8aqIW/jPPTEcjuEwdsk61CjG+wo4b7DW63v0duW5UNje3pqqPreHL2Br9fDbrvQb/Wz&#10;v+vHMGlkv0Jjrq+mxwdQiab0Z4YzvqBDKUz7cGQXVWcgW0iVZGC2zESIYbk6i704ZWJZ4P8G5S8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJsKrG/sBAADaAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5Wn+JdwAAAAJAQAADwAAAAAAAAAAAAAA&#10;AABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
+          <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:42pt;margin-top:-39pt;width:357pt;height:48pt;z-index:251662336;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmwqsb+wEAANoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+w0a7AacYqs3Xbp&#10;1gLN0DOjj9ibJWqSEjv/fpTipMV2K+qDIFHU43vk8+J6MB3bKx9atDWfTkrOlBUoW7ut+c/11w+f&#10;OAsRrIQOrar5QQV+vXz/btG7Sl1gg51UnhGIDVXvat7E6KqiCKJRBsIEnbJ0qdEbiHT020J66And&#10;dMVFWc6LHr10HoUKgaK3x0u+zPhaKxHvtQ4qsq7mxC3m1ed1k9ZiuYBq68E1rRhpwCtYGGgtFT1D&#10;3UIEtvPtf1CmFR4D6jgRaArUuhUqayA10/IfNY8NOJW1UHOCO7cpvB2s+LF/8KyVNZ9xZsHQiNZq&#10;iOwzDmyWutO7UFHSo6O0OFCYppyVBneH4ndgFm8asFu18h77RoEkdlPCGsNZw/rgCDhHE/oX2dIg&#10;pgm+eIF/LBZSpU3/HSU9gV3EXG3Q3qT+UscYUaBRHs7jS3wFBT9ezmZXJV0JupuXV3PapxJQnV47&#10;H+I3hYalTc092SOjw/4uxGPqKWWkltgcecVhM4z92KA8EMmebFPz8GcHXpHgnblBchmp1B7NE/ly&#10;5bPMxDvBrocn8G6sHYn1Q3eyTSaQ/SPHKYD8RUCmIzfuoWOXJX2jmjGZdD2jprcWV9Qu3WYlqa9H&#10;nqMSMlDuxWj25NCX55z1/Esu/wIAAP//AwBQSwMEFAAGAAgAAAAhAOVp/iXcAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNw2BzRYV5pOCMQVxIBJu2WN11Y0TtVka/n3eCc4&#10;+Vl+ev5esZ58p040xDawgZu5BkVcBddybeDz42WWgYrJsrNdYDLwQxHW5eVFYXMXRn6n0ybVSkI4&#10;5tZAk1KfI8aqIW/jPPTEcjuEwdsk61CjG+wo4b7DW63v0duW5UNje3pqqPreHL2Br9fDbrvQb/Wz&#10;v+vHMGlkv0Jjrq+mxwdQiab0Z4YzvqBDKUz7cGQXVWcgW0iVZGC2zESIYbk6i704ZWJZ4P8G5S8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJsKrG/sBAADaAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5Wn+JdwAAAAJAQAADwAAAAAAAAAAAAAA&#10;AABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
             <o:lock v:ext="edit" shapetype="t"/>
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+                <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
                   <w:pPr>
                     <w:ind w:right="-390"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="0093052C">
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="48"/>
                       <w:szCs w:val="48"/>
                     </w:rPr>
                     <w:t xml:space="preserve">        St. </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0093052C">
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="48"/>
                       <w:szCs w:val="48"/>
                     </w:rPr>
                     <w:t>Senan's</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="0093052C">
                     <w:rPr>
                       <w:color w:val="808080"/>
                       <w:sz w:val="48"/>
                       <w:szCs w:val="48"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> National School</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+                <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
                   <w:pPr>
                     <w:ind w:right="-558"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00526541">
+      <w:r w:rsidRPr="00F44597">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:396pt;margin-top:-18pt;width:21.6pt;height:30.45pt;z-index:251658240;visibility:visible;mso-wrap-style:none" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDApbRhJAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07cpE2NOEWXLsOA&#10;dhvQ7gNkWbaFSaIgKbGzrx8lJ2m23Yr5IJAi9Ug+kl7dDVqRvXBeginpbDKlRBgOtTRtSX+8bD8s&#10;KfGBmZopMKKkB+Hp3fr9u1VvC5FDB6oWjiCI8UVvS9qFYIss87wTmvkJWGHQ2IDTLKDq2qx2rEd0&#10;rbJ8Or3OenC1dcCF93j7MBrpOuE3jeDhW9N4EYgqKeYW0unSWcUzW69Y0TpmO8mPabA3ZKGZNBj0&#10;DPXAAiM7J/+B0pI78NCECQedQdNILlINWM1s+lc1zx2zItWC5Hh7psn/P1j+df/dEVmXNKfEMI0t&#10;ehFDIB9hIHlkp7e+QKdni25hwGvscqrU20fgPz0xsOmYacW9c9B3gtWY3Sy+zC6ejjg+glT9E9QY&#10;hu0CJKChcTpSh2QQRMcuHc6dialwvMxv5lc5WjiarpbXN7NFisCK02PrfPgsQJMolNRh4xM42z/6&#10;EJNhxcklxvKgZL2VSiXFtdVGObJnOCTb9B3R/3BThvQlvV3ki7H+N0BoGXDaldQlXU7jF+OwIrL2&#10;ydRJDkyqUcaUlTnSGJkbOQxDNaR+JY4jxRXUB+TVwTjcuIwodOB+UdLjYJfU4OZRor4Y7MztbD6P&#10;e5CU+eImkuouLdWlhRmOQCUNlIziJoy7s7NOth3GOc3CPXZzKxPTrzkdk8fRTQ04rlncjUs9eb3+&#10;DNa/AQAA//8DAFBLAwQUAAYACAAAACEAlXa8zuMAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;T0/CQBDF7yZ+h82YeIOtRflTOyUElYSDB8EI3pZ2bBu7s013gfLtHU96e5P38ub30nlvG3WizteO&#10;Ee6GESji3BU1lwjv25fBFJQPhgvTOCaEC3mYZ9dXqUkKd+Y3Om1CqaSEfWIQqhDaRGufV2SNH7qW&#10;WLwv11kT5OxKXXTmLOW20XEUjbU1NcuHyrS0rCj/3hwtQv362YaP3er5aelWu8ve+P1i7RFvb/rF&#10;I6hAffgLwy++oEMmTAd35MKrBmEyi2VLQBiMxiIkMR09xKAOCPH9DHSW6v8Tsh8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAwKW0YSQCAABUBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAlXa8zuMAAAAKAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" strokecolor="white">
+          <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:396pt;margin-top:-18pt;width:21.6pt;height:30.45pt;z-index:251663360;visibility:visible;mso-wrap-style:none" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDApbRhJAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07cpE2NOEWXLsOA&#10;dhvQ7gNkWbaFSaIgKbGzrx8lJ2m23Yr5IJAi9Ug+kl7dDVqRvXBeginpbDKlRBgOtTRtSX+8bD8s&#10;KfGBmZopMKKkB+Hp3fr9u1VvC5FDB6oWjiCI8UVvS9qFYIss87wTmvkJWGHQ2IDTLKDq2qx2rEd0&#10;rbJ8Or3OenC1dcCF93j7MBrpOuE3jeDhW9N4EYgqKeYW0unSWcUzW69Y0TpmO8mPabA3ZKGZNBj0&#10;DPXAAiM7J/+B0pI78NCECQedQdNILlINWM1s+lc1zx2zItWC5Hh7psn/P1j+df/dEVmXNKfEMI0t&#10;ehFDIB9hIHlkp7e+QKdni25hwGvscqrU20fgPz0xsOmYacW9c9B3gtWY3Sy+zC6ejjg+glT9E9QY&#10;hu0CJKChcTpSh2QQRMcuHc6dialwvMxv5lc5WjiarpbXN7NFisCK02PrfPgsQJMolNRh4xM42z/6&#10;EJNhxcklxvKgZL2VSiXFtdVGObJnOCTb9B3R/3BThvQlvV3ki7H+N0BoGXDaldQlXU7jF+OwIrL2&#10;ydRJDkyqUcaUlTnSGJkbOQxDNaR+JY4jxRXUB+TVwTjcuIwodOB+UdLjYJfU4OZRor4Y7MztbD6P&#10;e5CU+eImkuouLdWlhRmOQCUNlIziJoy7s7NOth3GOc3CPXZzKxPTrzkdk8fRTQ04rlncjUs9eb3+&#10;DNa/AQAA//8DAFBLAwQUAAYACAAAACEAlXa8zuMAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;T0/CQBDF7yZ+h82YeIOtRflTOyUElYSDB8EI3pZ2bBu7s013gfLtHU96e5P38ub30nlvG3WizteO&#10;Ee6GESji3BU1lwjv25fBFJQPhgvTOCaEC3mYZ9dXqUkKd+Y3Om1CqaSEfWIQqhDaRGufV2SNH7qW&#10;WLwv11kT5OxKXXTmLOW20XEUjbU1NcuHyrS0rCj/3hwtQv362YaP3er5aelWu8ve+P1i7RFvb/rF&#10;I6hAffgLwy++oEMmTAd35MKrBmEyi2VLQBiMxiIkMR09xKAOCPH9DHSW6v8Tsh8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAwKW0YSQCAABUBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAlXa8zuMAAAAKAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" strokecolor="white">
             <v:textbox style="mso-fit-shape-to-text:t">
               <w:txbxContent>
-                <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925"/>
+                <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012"/>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005C3012">
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005C3012">
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-190500</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>105410</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1056640" cy="1358900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="1" name="Picture 5"/>
+            <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -188,387 +188,373 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>4839970</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>100965</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1057275" cy="1359535"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="2" name="Picture 4"/>
+            <wp:docPr id="6" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1057275" cy="1359535"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Foynes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, Co. Limerick.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> V94 NX50</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Tel. 069 65117    Roll No. 02813E</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="00F44597" w:rsidP="005C3012">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00526541">
+      <w:r w:rsidRPr="00F44597">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:396pt;margin-top:1.05pt;width:55.9pt;height:28.35pt;z-index:251658240;visibility:visible;mso-height-percent:200;mso-wrap-distance-left:2.85pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:2.85pt;mso-wrap-distance-bottom:3.6pt;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhcZ7NBQIAAPUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m7bqNR02l0KkIa&#10;A2njBziOk1g4PnN2m4xfz9lpSwVviDxYOd/58/d9d17fjb1hB4Vegy35fJZzpqyEWtu25N9edu/e&#10;c+aDsLUwYFXJX5Xnd5u3b9aDK9QCOjC1QkYg1heDK3kXgiuyzMtO9cLPwClLyQawF4FCbLMaxUDo&#10;vckWeX6TDYC1Q5DKe9p9mJJ8k/CbRsnwpWm8CsyUnLiFtGJaq7hmm7UoWhSu0/JIQ/wDi15oS5ee&#10;oR5EEGyP+i+oXksED02YSegzaBotVdJAaub5H2qeO+FU0kLmeHe2yf8/WPl0+IpM19Q7zqzoqUUv&#10;agzsA4xsHt0ZnC+o6NlRWRhpO1ZGpd49gvzumYVtJ2yr7hFh6JSoiV06mV0cnXB8BKmGz1DTNWIf&#10;IAGNDfYRkMxghE5dej13JlKRtHmbr1ZXlJGUurrJ8+V15JaJ4nTYoQ8fFfQs/pQcqfEJXBwefZhK&#10;TyWJPBhd77QxKcC22hpkB0FDskvfEd1flhkbiy3EYxNi3Ekqo7BJYhirMdm5OJlXQf1KshGm2aO3&#10;Qj8d4E/OBpq7kvsfe4GKM/PJknWr+XIZBzUFy+vbBQV4makuM8JKgip54Gz63YZpuPcOddvRTadm&#10;3ZPdO52siH2ZWB3p02wlM4/vIA7vZZyqfr/WzS8AAAD//wMAUEsDBBQABgAIAAAAIQBnTunS3QAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqNOgQhriVBUVGxZIFCRYuvEk&#10;jvBLtpuGv2e6KsvRHd17TrOZrWETxjR6J2C5KICh67wa3SDg8+PlrgKWsnRKGu9QwC8m2LTXV42s&#10;lT+5d5z2eWBU4lItBeicQ8156jRamRY+oKOs99HKTGccuIryROXW8LIoHriVo6MFLQM+a+x+9kcr&#10;4MvqUe3i23evzLR77berMMcgxO3NvH0ClnHOl2c44xM6tMR08EenEjMCHtcluWQB5RIY5evinlQO&#10;AlZVBbxt+H+B9g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBhcZ7NBQIAAPUDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBnTunS3QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" stroked="f">
+          <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:396pt;margin-top:1.05pt;width:55.9pt;height:28.35pt;z-index:251664384;visibility:visible;mso-height-percent:200;mso-wrap-distance-left:2.85pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:2.85pt;mso-wrap-distance-bottom:3.6pt;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhcZ7NBQIAAPUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m7bqNR02l0KkIa&#10;A2njBziOk1g4PnN2m4xfz9lpSwVviDxYOd/58/d9d17fjb1hB4Vegy35fJZzpqyEWtu25N9edu/e&#10;c+aDsLUwYFXJX5Xnd5u3b9aDK9QCOjC1QkYg1heDK3kXgiuyzMtO9cLPwClLyQawF4FCbLMaxUDo&#10;vckWeX6TDYC1Q5DKe9p9mJJ8k/CbRsnwpWm8CsyUnLiFtGJaq7hmm7UoWhSu0/JIQ/wDi15oS5ee&#10;oR5EEGyP+i+oXksED02YSegzaBotVdJAaub5H2qeO+FU0kLmeHe2yf8/WPl0+IpM19Q7zqzoqUUv&#10;agzsA4xsHt0ZnC+o6NlRWRhpO1ZGpd49gvzumYVtJ2yr7hFh6JSoiV06mV0cnXB8BKmGz1DTNWIf&#10;IAGNDfYRkMxghE5dej13JlKRtHmbr1ZXlJGUurrJ8+V15JaJ4nTYoQ8fFfQs/pQcqfEJXBwefZhK&#10;TyWJPBhd77QxKcC22hpkB0FDskvfEd1flhkbiy3EYxNi3Ekqo7BJYhirMdm5OJlXQf1KshGm2aO3&#10;Qj8d4E/OBpq7kvsfe4GKM/PJknWr+XIZBzUFy+vbBQV4makuM8JKgip54Gz63YZpuPcOddvRTadm&#10;3ZPdO52siH2ZWB3p02wlM4/vIA7vZZyqfr/WzS8AAAD//wMAUEsDBBQABgAIAAAAIQBnTunS3QAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqNOgQhriVBUVGxZIFCRYuvEk&#10;jvBLtpuGv2e6KsvRHd17TrOZrWETxjR6J2C5KICh67wa3SDg8+PlrgKWsnRKGu9QwC8m2LTXV42s&#10;lT+5d5z2eWBU4lItBeicQ8156jRamRY+oKOs99HKTGccuIryROXW8LIoHriVo6MFLQM+a+x+9kcr&#10;4MvqUe3i23evzLR77berMMcgxO3NvH0ClnHOl2c44xM6tMR08EenEjMCHtcluWQB5RIY5evinlQO&#10;AlZVBbxt+H+B9g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBhcZ7NBQIAAPUDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBnTunS3QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" stroked="f">
             <v:textbox style="mso-fit-shape-to-text:t">
               <w:txbxContent>
-                <w:p w:rsidR="00717925" w:rsidRPr="00726700" w:rsidRDefault="00717925" w:rsidP="00717925">
+                <w:p w:rsidR="005C3012" w:rsidRPr="00726700" w:rsidRDefault="005C3012" w:rsidP="005C3012">
                   <w:pPr>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
             <w10:wrap type="square"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="005C3012">
         <w:t>email:stsenans@yahoo.ie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00DA646C" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00DA646C" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Website: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00697033">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.stsenansnsfoynes.ie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA646C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Principal </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DA646C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA646C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Thomas</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lyng</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00D56168">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Deputy Principal</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>-  Colette</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> O’Farrell</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1325"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00D30FCF" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00D30FCF" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1325"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ANNUAL ADMISSION NOTICE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00D30FCF" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00D30FCF" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1325"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B30C85">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>espect of admissions to the 2025/2026</w:t>
+        <w:t>espect of admissions to the 2026/2027</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> school year</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00D30FCF" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00D30FCF" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00D30FCF" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00D30FCF" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:ind w:left="0"/>
+      <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>Admission Policy and Application Form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="10" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00770F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">A copy of the school’s </w:t>
       </w:r>
       <w:r w:rsidRPr="00770F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Admission Policy</w:t>
       </w:r>
@@ -576,106 +562,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidRPr="00770F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Application Form for Admission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00770F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="003D6B3F">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> the 2025/2026</w:t>
+      <w:r w:rsidR="009044F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the 2026/2027</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> school year </w:t>
       </w:r>
       <w:r w:rsidRPr="00770F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>is available as follows:–</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="10" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00770F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">To download at: </w:t>
       </w:r>
       <w:r w:rsidRPr="00770F3B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>www.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>stsenansnsfoynes.ie</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="10" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00770F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">On request: By emailing </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00051C97">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>stsenans@yahoo.ie</w:t>
@@ -706,689 +692,1105 @@
         </w:rPr>
         <w:t>Senan’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> National School National School, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Foynes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, Co. Limerick</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="00717925">
-[...13 lines deleted...]
-    <w:p w:rsidR="00717925" w:rsidRPr="00D30FCF" w:rsidRDefault="00C96E76" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00D30FCF" w:rsidRDefault="00B30C85" w:rsidP="005C3012">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Admissions to the 2025/2026</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00717925" w:rsidRPr="00D30FCF">
+        <w:t>Admissions to the 2026/2027</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3012" w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> school year</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00D30FCF" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00D30FCF" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Application and Decision</w:t>
       </w:r>
-      <w:r w:rsidR="00C96E76">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dates for admission to the 2025/2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> school year</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00D30FCF" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00D30FCF" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>The following are the dates applicable for admission to Junior Infants</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7230"/>
         <w:gridCol w:w="1791"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidTr="005C1838">
+      <w:tr w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidTr="00B65AC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="005C1838">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00770F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">The school will commence accepting applications for admission on  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1791" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="00717925">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00717925">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> January 2025</w:t>
+              <w:t xml:space="preserve"> January 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidTr="005C1838">
+      <w:tr w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidTr="00B65AC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="005C1838">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00770F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">The school shall cease accepting applications for admission on  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1791" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="005C1838">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="007642BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> May 2025</w:t>
+              <w:t xml:space="preserve"> May 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidTr="005C1838">
+      <w:tr w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidTr="00B65AC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="005C1838">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00770F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">The date by which applicants will be notified of the decision on their </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">application is     </w:t>
+              <w:t xml:space="preserve">The date by which applicants will be notified of the decision on their application is     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1791" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="00717925">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>30</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:r w:rsidRPr="00717925">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> May 2025</w:t>
+              <w:t xml:space="preserve"> May 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidTr="005C1838">
+      <w:tr w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidTr="00B65AC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRDefault="00717925" w:rsidP="005C1838">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00E3032E" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00770F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>The period within which applicants must confirm acceptance of an offer of admission is</w:t>
-            </w:r>
-[...17 lines deleted...]
-              <w:t>*Failure to accept an offer within the prescribed period above may result in the offer being withdrawn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1791" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="005C1838">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00D926A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> June 2025</w:t>
+              <w:t xml:space="preserve"> June 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="00E3032E" w:rsidRPr="00D30FCF" w:rsidRDefault="00E3032E" w:rsidP="00E3032E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Special class application and Decision Dates for admission to the 2025/2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E3032E" w:rsidRPr="00D30FCF" w:rsidRDefault="00E3032E" w:rsidP="00E3032E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following are the dates applicable for admission to </w:t>
+      </w:r>
+      <w:r w:rsidR="004178A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t>our special class which caters for children with ASD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidRDefault="00E3032E" w:rsidP="00E3032E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7230"/>
+        <w:gridCol w:w="1791"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidTr="006C68B0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidRDefault="00E3032E" w:rsidP="006C68B0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00770F3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The school will commence accepting applications for admission </w:t>
+            </w:r>
+            <w:r w:rsidR="004178A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the special class </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00770F3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidRDefault="00E3032E" w:rsidP="006C68B0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717925">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidTr="006C68B0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidRDefault="00E3032E" w:rsidP="006C68B0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00770F3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The school shall cease accepting applications for admission </w:t>
+            </w:r>
+            <w:r w:rsidR="004178A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the special class </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00770F3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidRDefault="00E3032E" w:rsidP="006C68B0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007642BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> May 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidTr="006C68B0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidRDefault="00E3032E" w:rsidP="006C68B0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00770F3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The date by which applicants will be notified of the decision on their application</w:t>
+            </w:r>
+            <w:r w:rsidR="004178A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the special class</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00770F3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidRDefault="00E3032E" w:rsidP="006C68B0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717925">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> May 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidTr="006C68B0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E3032E" w:rsidRPr="00E3032E" w:rsidRDefault="00E3032E" w:rsidP="006C68B0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00770F3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The period within which applicants must confirm acceptance of an offer of admission is</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E3032E" w:rsidRPr="00770F3B" w:rsidRDefault="00E3032E" w:rsidP="006C68B0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D926A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> June 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E3032E" w:rsidRDefault="00E3032E" w:rsidP="005C3012">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E3032E" w:rsidRDefault="00E3032E" w:rsidP="005C3012">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00770F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">*Failure to accept an offer within the prescribed period above may result in the offer being withdrawn </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E3032E" w:rsidRDefault="00E3032E" w:rsidP="005C3012">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="005C3012">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00770F3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
         <w:t>Note: the school will consider and issue decisions on late applications in accordance with the school’s admission policy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00BE2AD1" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00BE2AD1" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="00D30FCF" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="00D30FCF" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Number of places b</w:t>
       </w:r>
-      <w:r w:rsidR="00C96E76">
+      <w:r w:rsidR="00B30C85">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>eing made available for the 2025/2026</w:t>
+        <w:t>eing made available for the 2026/2027</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30FCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> school year</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717925" w:rsidRPr="008B52D5" w:rsidRDefault="00717925" w:rsidP="00717925">
+    <w:p w:rsidR="005C3012" w:rsidRPr="008B52D5" w:rsidRDefault="005C3012" w:rsidP="005C3012">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7400"/>
         <w:gridCol w:w="1650"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidTr="005C1838">
+      <w:tr w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidTr="00B65AC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7400" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="005C1838">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00770F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>The number of places being made availabl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">e in junior infants </w:t>
             </w:r>
             <w:r w:rsidRPr="00770F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>is</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00717925" w:rsidRPr="00770F3B" w:rsidRDefault="00717925" w:rsidP="005C1838">
+          <w:p w:rsidR="005C3012" w:rsidRPr="00770F3B" w:rsidRDefault="005C3012" w:rsidP="00B65AC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004178A3" w:rsidRPr="00770F3B" w:rsidTr="00B65AC0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004178A3" w:rsidRPr="00770F3B" w:rsidRDefault="004178A3" w:rsidP="00B65AC0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The number of places being made available in the special class catering for children with ASD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004178A3" w:rsidRDefault="004178A3" w:rsidP="00B65AC0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B74BFE" w:rsidRDefault="00B74BFE"/>
-    <w:sectPr w:rsidR="00B74BFE" w:rsidSect="00B74BFE">
+    <w:p w:rsidR="008B6EE3" w:rsidRDefault="008B6EE3"/>
+    <w:sectPr w:rsidR="008B6EE3" w:rsidSect="008B6EE3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00717925"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00C96E76"/>
+    <w:rsidRoot w:val="005C3012"/>
+    <w:rsid w:val="004178A3"/>
+    <w:rsid w:val="0058726B"/>
+    <w:rsid w:val="005C3012"/>
+    <w:rsid w:val="008B6EE3"/>
+    <w:rsid w:val="009044F2"/>
+    <w:rsid w:val="00B30C85"/>
+    <w:rsid w:val="00CA5F7A"/>
+    <w:rsid w:val="00E3032E"/>
+    <w:rsid w:val="00F44597"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1513,143 +1915,143 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00717925"/>
+    <w:rsid w:val="005C3012"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="en-IE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00717925"/>
+    <w:rsid w:val="005C3012"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00717925"/>
+    <w:rsid w:val="005C3012"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00717925"/>
+    <w:rsid w:val="005C3012"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-IE"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00717925"/>
+    <w:rsid w:val="005C3012"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="en-IE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stsenans@yahoo.ie" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stsenansnsfoynes.ie" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1915,50 +2317,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>244</Words>
-  <Characters>1397</Characters>
+  <Words>354</Words>
+  <Characters>2018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1638</CharactersWithSpaces>
+  <CharactersWithSpaces>2368</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Thomas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>